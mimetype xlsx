--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -14,158 +14,194 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>State-House of Uganda Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Staff Training General</t>
   </si>
   <si>
     <t>32,000,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
     <t>210,000,000.00</t>
   </si>
   <si>
     <t>Accomodation and conference facilities</t>
   </si>
   <si>
     <t>630,000,000.00</t>
   </si>
   <si>
     <t>Construction of buildings and carpentry</t>
   </si>
   <si>
-    <t>7,500,000,000.00</t>
+    <t>9,500,000,000.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
+    <t>1,800,000,000.00</t>
+  </si>
+  <si>
+    <t>Archival Boxes</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Human resources services</t>
+  </si>
+  <si>
+    <t>250,000,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Other - Professional Services</t>
+  </si>
+  <si>
+    <t>9,700,000,000.00</t>
+  </si>
+  <si>
+    <t>Air Tickets</t>
+  </si>
+  <si>
+    <t>1,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Office equipment, stationery and consumables</t>
+  </si>
+  <si>
+    <t>5,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Computer Equipment and Accessories</t>
+  </si>
+  <si>
+    <t>650,000,000.00</t>
+  </si>
+  <si>
+    <t>Heating and ventilation and air circulation</t>
+  </si>
+  <si>
+    <t>340,000,000.00</t>
+  </si>
+  <si>
+    <t>Fluid and gas distribution</t>
+  </si>
+  <si>
+    <t>230,000,000.00</t>
+  </si>
+  <si>
+    <t>Catering services</t>
+  </si>
+  <si>
     <t>300,000,000.00</t>
   </si>
   <si>
-    <t>Archival Boxes</t>
-[...41 lines deleted...]
-    <t>130,000,000.00</t>
+    <t xml:space="preserve">Advertising and market research </t>
+  </si>
+  <si>
+    <t>700,000,000.00</t>
+  </si>
+  <si>
+    <t>COMPUTERS</t>
+  </si>
+  <si>
+    <t>900,000,000.00</t>
+  </si>
+  <si>
+    <t>Break-fast and Food</t>
+  </si>
+  <si>
+    <t>350,000,000.00</t>
+  </si>
+  <si>
+    <t>Building and construction materials</t>
+  </si>
+  <si>
+    <t>3,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Agricultural tools</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>13,202,000,000.00</t>
+    <t>37,892,000,000.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -501,54 +537,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E16"/>
+  <dimension ref="A1:E22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C16" sqref="C16"/>
+      <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.827" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -733,90 +769,192 @@
     <row r="13" spans="1:5">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" t="s">
         <v>8</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:5">
-      <c r="A16" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="4" t="s">
+      <c r="A16">
+        <v>14</v>
+      </c>
+      <c r="B16" t="s">
         <v>34</v>
       </c>
-      <c r="C16" s="4" t="s">
+      <c r="C16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17">
+        <v>15</v>
+      </c>
+      <c r="B17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>8</v>
+      </c>
+      <c r="E18" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19">
+        <v>17</v>
+      </c>
+      <c r="B19" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>8</v>
+      </c>
+      <c r="E19" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20">
+        <v>18</v>
+      </c>
+      <c r="B20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E20" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21">
+        <v>19</v>
+      </c>
+      <c r="B21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D22" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>