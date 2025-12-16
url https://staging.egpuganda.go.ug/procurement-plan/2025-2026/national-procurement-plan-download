--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -16,812 +16,869 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="National Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Revenue Sources" sheetId="2" r:id="rId5"/>
     <sheet name="Worksheet" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t xml:space="preserve"> National Procurement Plan </t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Advertising</t>
   </si>
   <si>
-    <t>1,345,490,000,000.00</t>
+    <t>1,342,590,000,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Consultancy on Street Parking Services</t>
   </si>
   <si>
     <t>1,900,000,000.00</t>
   </si>
   <si>
     <t>Counselling Services</t>
   </si>
   <si>
     <t>6,490,000,000.00</t>
   </si>
   <si>
     <t>Accounting, auditing and tax advisory</t>
   </si>
   <si>
-    <t>372,127,198,290,000.00</t>
+    <t>372,128,548,290,000.00</t>
   </si>
   <si>
     <t>Construction of roads and bridges</t>
   </si>
   <si>
-    <t>2,010,241,150,000,000.00</t>
+    <t>2,010,749,839,600,000.00</t>
   </si>
   <si>
     <t>Civil engineering</t>
   </si>
   <si>
-    <t>1,015,562,708,600,000.00</t>
+    <t>1,015,569,048,600,000.00</t>
   </si>
   <si>
     <t>Building and construction materials</t>
   </si>
   <si>
-    <t>13,235,960,000,000.00</t>
+    <t>13,241,383,400,000.00</t>
   </si>
   <si>
     <t>Construction of buildings and carpentry</t>
   </si>
   <si>
-    <t>1,019,128,328,045,678.00</t>
+    <t>1,019,144,088,045,678.00</t>
   </si>
   <si>
     <t>Food, beverages and related products</t>
   </si>
   <si>
     <t>6,000,000,000.00</t>
   </si>
   <si>
     <t>Agricultural tools</t>
   </si>
   <si>
-    <t>80,724,310,000,000.00</t>
+    <t>80,728,210,900,000.00</t>
   </si>
   <si>
     <t>Car wash</t>
   </si>
   <si>
-    <t>178,905,000,000.00</t>
+    <t>178,909,500,000.00</t>
   </si>
   <si>
     <t>Cleaning and compound maintenance</t>
   </si>
   <si>
-    <t>858,280,000,000.00</t>
+    <t>864,530,000,000.00</t>
   </si>
   <si>
     <t>MOTOR VEHICLES</t>
   </si>
   <si>
-    <t>39,012,910,000,000.00</t>
+    <t>39,020,960,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>1,025,593,000,000.00</t>
   </si>
   <si>
     <t>Accomodation and conference facilities</t>
   </si>
   <si>
-    <t>11,307,780,000,000.00</t>
+    <t>11,310,420,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
-    <t>2,022,226,452,000,000.00</t>
+    <t>2,022,226,746,700,000.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
-    <t>323,479,480,239,977.00</t>
+    <t>323,481,471,439,977.00</t>
   </si>
   <si>
     <t>Agricultural and forestry and landscape machinery and equipment</t>
   </si>
   <si>
     <t>5,660,000,000.00</t>
   </si>
   <si>
     <t>COMPUTERS</t>
   </si>
   <si>
-    <t>70,613,200,000.00</t>
+    <t>71,513,200,000.00</t>
   </si>
   <si>
     <t>Catering services</t>
   </si>
   <si>
-    <t>24,191,490,000,000.00</t>
+    <t>24,192,670,500,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">Advertising and market research </t>
   </si>
   <si>
-    <t>345,930,000,000.00</t>
+    <t>1,347,480,000,000.00</t>
   </si>
   <si>
     <t>Transport services</t>
   </si>
   <si>
     <t>1,550,000,000.00</t>
   </si>
   <si>
     <t>Procurement consultancy</t>
   </si>
   <si>
     <t>796,260,000,000.00</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
-    <t>1,259,766,000,000.00</t>
+    <t>1,264,766,000,000.00</t>
   </si>
   <si>
     <t>Electrical, plumbing and other installation activities</t>
   </si>
   <si>
     <t>1,210,725,000,000.00</t>
   </si>
   <si>
     <t>Office furniture and furnishings</t>
   </si>
   <si>
     <t>32,116,000,000.00</t>
   </si>
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
-    <t>39,734,500,000.00</t>
+    <t>39,834,500,000.00</t>
   </si>
   <si>
     <t>Insurance and retirement services</t>
   </si>
   <si>
     <t>10,500,000,000.00</t>
   </si>
   <si>
     <t>Staff Training General</t>
   </si>
   <si>
     <t>257,927,000,000.00</t>
   </si>
   <si>
     <t>Cleaning Expenses</t>
   </si>
   <si>
-    <t>5,323,000,000.00</t>
+    <t>5,523,000,000.00</t>
   </si>
   <si>
     <t>Repair &amp; Rennovation of Properties</t>
   </si>
   <si>
-    <t>325,196,000,000.00</t>
+    <t>326,296,000,000.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
-    <t>355,231,456,000,000.00</t>
+    <t>355,233,126,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
-    <t>788,110,000,000.00</t>
+    <t>796,110,000,000.00</t>
   </si>
   <si>
     <t>Accommodation furniture</t>
   </si>
   <si>
     <t>1,000,115,005,692,384.00</t>
   </si>
   <si>
     <t>Data processing and web hosting</t>
   </si>
   <si>
     <t>90,000,000,000.00</t>
   </si>
   <si>
     <t>Permanent buildings and structures</t>
   </si>
   <si>
-    <t>7,002,000,000,000.00</t>
+    <t>7,002,150,000,000.00</t>
   </si>
   <si>
     <t>Advertsing and media services</t>
   </si>
   <si>
     <t>17,460,000,000.00</t>
   </si>
   <si>
     <t>Machinery and transport equipment manufacture</t>
   </si>
   <si>
     <t>1,150,000,000.00</t>
   </si>
   <si>
     <t>Accounting and bookkeeping services</t>
   </si>
   <si>
     <t>365,385,000,000.00</t>
   </si>
   <si>
     <t>OFFICE EQUIPMENT</t>
   </si>
   <si>
     <t>93,008,013,000,000.00</t>
   </si>
   <si>
     <t>Specialized educational services</t>
   </si>
   <si>
     <t>500,000,000.00</t>
   </si>
   <si>
     <t>Aerospace systems and components and equipment</t>
   </si>
   <si>
     <t>57,500,000,000.00</t>
   </si>
   <si>
     <t>Business administration services</t>
   </si>
   <si>
-    <t>505,700,000,000.00</t>
+    <t>506,300,000,000.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
-    <t>19,993,497,000,000.00</t>
+    <t>19,997,600,000,000.00</t>
   </si>
   <si>
     <t>Construction of water projects</t>
   </si>
   <si>
-    <t>31,176,410,000,000.00</t>
+    <t>31,176,450,000,000.00</t>
   </si>
   <si>
     <t>Construction of Weather Facilities</t>
   </si>
   <si>
     <t>7,200,000,000.00</t>
   </si>
   <si>
     <t>Marine and fresh water products</t>
   </si>
   <si>
     <t>950,000,000.00</t>
   </si>
   <si>
     <t>Auctioning</t>
   </si>
   <si>
     <t>47,200,000,000.00</t>
   </si>
   <si>
     <t>Heavy construction machinery and equipment</t>
   </si>
   <si>
-    <t>1,283,000,000,000.00</t>
+    <t>1,283,055,500,000.00</t>
   </si>
   <si>
     <t>Batteries and generators and kinetic power transmission</t>
   </si>
   <si>
     <t>5,900,000,000.00</t>
   </si>
   <si>
     <t>Computer services</t>
   </si>
   <si>
-    <t>3,400,000,000.00</t>
+    <t>3,410,000,000.00</t>
   </si>
   <si>
     <t>Brand visibility</t>
   </si>
   <si>
-    <t>70,840,000,000.00</t>
+    <t>70,850,000,000.00</t>
   </si>
   <si>
     <t>Consulting engineering services with civil,mechanical,electrical and water engineering</t>
   </si>
   <si>
     <t>8,903,770,000,000.00</t>
   </si>
   <si>
     <t>Architectual and engineering consultancy</t>
   </si>
   <si>
-    <t>13,981,427,000,000.00</t>
+    <t>13,989,127,000,000.00</t>
   </si>
   <si>
     <t>Heavy construction services</t>
   </si>
   <si>
     <t>8,501,000,000,000.00</t>
   </si>
   <si>
     <t>Entertainment services</t>
   </si>
   <si>
     <t>2,000,000,000.00</t>
   </si>
   <si>
     <t>Antifungal drugs</t>
   </si>
   <si>
     <t>979,707,000,000.00</t>
   </si>
   <si>
     <t>Air ticketing, tours and travel</t>
   </si>
   <si>
     <t>684,000,000,000.00</t>
   </si>
   <si>
     <t>Supply of Specialised ICT  Equipment</t>
   </si>
   <si>
     <t>802,600,000,000.00</t>
   </si>
   <si>
     <t>Branded items- (Staff &amp; External)</t>
   </si>
   <si>
-    <t>600,102,322,000,000.00</t>
+    <t>600,102,622,000,000.00</t>
   </si>
   <si>
     <t>Board Training</t>
   </si>
   <si>
-    <t>6,224,600,000,000.00</t>
+    <t>6,225,400,000,000.00</t>
   </si>
   <si>
     <t>Computer programming and software development</t>
   </si>
   <si>
-    <t>4,900,000,000.00</t>
+    <t>5,500,000,000.00</t>
   </si>
   <si>
     <t>Maintenance and repair of electrical equipment,machinery,office tools and equipment</t>
   </si>
   <si>
+    <t>9,016,000,000.00</t>
+  </si>
+  <si>
+    <t>Hotels and lodging and meeting facilities</t>
+  </si>
+  <si>
+    <t>277,330,000,000.00</t>
+  </si>
+  <si>
+    <t>Restaurants and catering</t>
+  </si>
+  <si>
+    <t>614,600,000,000.00</t>
+  </si>
+  <si>
+    <t>Vehicle Servicing</t>
+  </si>
+  <si>
+    <t>541,900,000,000.00</t>
+  </si>
+  <si>
+    <t>Public relations and professional communications services</t>
+  </si>
+  <si>
+    <t>1,500,000,000.00</t>
+  </si>
+  <si>
+    <t>Transportation repair or maintenance services</t>
+  </si>
+  <si>
+    <t>51,423,540,000,000.00</t>
+  </si>
+  <si>
+    <t>Property Management System maintenance</t>
+  </si>
+  <si>
+    <t>3,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Air Tickets</t>
+  </si>
+  <si>
+    <t>914,320,000,000.00</t>
+  </si>
+  <si>
+    <t>Bearings and bushings and wheels and gears</t>
+  </si>
+  <si>
+    <t>100,000,000.00</t>
+  </si>
+  <si>
+    <t>Beverages</t>
+  </si>
+  <si>
+    <t>788,960,250,000.00</t>
+  </si>
+  <si>
+    <t>Pipe piping and pipe fittings</t>
+  </si>
+  <si>
+    <t>15,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction of Artifacts</t>
+  </si>
+  <si>
+    <t>5,030,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
+  </si>
+  <si>
+    <t>464,655,000,000.00</t>
+  </si>
+  <si>
+    <t>Additives</t>
+  </si>
+  <si>
+    <t>21,528,210,000,000.00</t>
+  </si>
+  <si>
+    <t>Arts and crafts equipment and accessories and supplies</t>
+  </si>
+  <si>
+    <t>2,222,950,000,000.00</t>
+  </si>
+  <si>
+    <t>Luggage and handbags and packs and cases</t>
+  </si>
+  <si>
+    <t>10,000,000.00</t>
+  </si>
+  <si>
+    <t>Scientific research and development</t>
+  </si>
+  <si>
+    <t>2,250,000,000.00</t>
+  </si>
+  <si>
+    <t>Employment placement/recruitment</t>
+  </si>
+  <si>
+    <t>511,600,000,000.00</t>
+  </si>
+  <si>
+    <t>Legal services</t>
+  </si>
+  <si>
+    <t>4,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Heating and ventilation and air circulation</t>
+  </si>
+  <si>
+    <t>840,000,000.00</t>
+  </si>
+  <si>
+    <t>Food and beverage industries</t>
+  </si>
+  <si>
+    <t>200,000,000.00</t>
+  </si>
+  <si>
+    <t>Cleaning and janitorial supplies</t>
+  </si>
+  <si>
+    <t>532,500,000.00</t>
+  </si>
+  <si>
+    <t>Domestic and personal assistance</t>
+  </si>
+  <si>
+    <t>Printing Reports and Magazines</t>
+  </si>
+  <si>
+    <t>2,950,000,000.00</t>
+  </si>
+  <si>
+    <t>Personal safety and protection</t>
+  </si>
+  <si>
+    <t>Tyres, tubes and batteries</t>
+  </si>
+  <si>
+    <t>923,652,400,000.00</t>
+  </si>
+  <si>
+    <t>Business management and consultancy</t>
+  </si>
+  <si>
+    <t>260,010,000,000.00</t>
+  </si>
+  <si>
+    <t>Development finance</t>
+  </si>
+  <si>
     <t>9,000,000,000.00</t>
   </si>
   <si>
-    <t>Hotels and lodging and meeting facilities</t>
-[...68 lines deleted...]
-    <t>660,000,000,000.00</t>
+    <t>Office supplies</t>
+  </si>
+  <si>
+    <t>261,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Bench marking Visits &amp; Study tours</t>
+  </si>
+  <si>
+    <t>20,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Biological science services</t>
+  </si>
+  <si>
+    <t>3,500,000,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mechanical works </t>
+  </si>
+  <si>
+    <t>60,618,540,000,000.00</t>
+  </si>
+  <si>
+    <t>Public order and safety</t>
+  </si>
+  <si>
+    <t>Death and dying support services</t>
+  </si>
+  <si>
+    <t>Metal cutting machinery and accessories</t>
+  </si>
+  <si>
+    <t>Information Technology Service Delivery</t>
+  </si>
+  <si>
+    <t>500,100,000,000.00</t>
+  </si>
+  <si>
+    <t>Printing and publishing equipment</t>
+  </si>
+  <si>
+    <t>Due diligence Activities</t>
+  </si>
+  <si>
+    <t>9,500,000,000.00</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>5,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Construction and maintenance support equipment</t>
+  </si>
+  <si>
+    <t>3,151,000,000.00</t>
+  </si>
+  <si>
+    <t>Dental equipment and supplies</t>
+  </si>
+  <si>
+    <t>Animal feed</t>
+  </si>
+  <si>
+    <t>820,506,000,000.00</t>
+  </si>
+  <si>
+    <t>Seeds and bulbs and seedlings and cuttings</t>
+  </si>
+  <si>
+    <t>Clothing</t>
+  </si>
+  <si>
+    <t>5,750,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Identity Cards</t>
+  </si>
+  <si>
+    <t>4,050,000,000.00</t>
+  </si>
+  <si>
+    <t>Environmental management</t>
+  </si>
+  <si>
+    <t>7,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Civic organizations and associations and movements</t>
+  </si>
+  <si>
+    <t>1,250,000,000.00</t>
+  </si>
+  <si>
+    <t>Bedclothes and table and kitchen linen and towels</t>
+  </si>
+  <si>
+    <t>Motor vehicles</t>
+  </si>
+  <si>
+    <t>409,400,000,000.00</t>
+  </si>
+  <si>
+    <t>Adhesives and sealants</t>
+  </si>
+  <si>
+    <t>1,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Information services</t>
+  </si>
+  <si>
+    <t>500,000,000,000.00</t>
   </si>
   <si>
     <t>Audio and visual presentation and composing equipment</t>
   </si>
   <si>
-    <t>260,000,000,000.00</t>
-[...47 lines deleted...]
-    <t>Heating and ventilation and air circulation</t>
+    <t>282,850,000,000.00</t>
+  </si>
+  <si>
+    <t>Medical Surgical Equipment Maintenance Refurbishment and Repair Services</t>
+  </si>
+  <si>
+    <t>870,000,000.00</t>
+  </si>
+  <si>
+    <t>Classroom decoratives and supplies</t>
+  </si>
+  <si>
+    <t>32,800,000,000.00</t>
+  </si>
+  <si>
+    <t>Staff Business Cards</t>
+  </si>
+  <si>
+    <t>20,000,000.00</t>
+  </si>
+  <si>
+    <t>Archival Boxes</t>
+  </si>
+  <si>
+    <t>750,000,000.00</t>
+  </si>
+  <si>
+    <t>Human resources services</t>
+  </si>
+  <si>
+    <t>250,000,000.00</t>
+  </si>
+  <si>
+    <t>Fluid and gas distribution</t>
+  </si>
+  <si>
+    <t>230,000,000.00</t>
+  </si>
+  <si>
+    <t>Break-fast and Food</t>
+  </si>
+  <si>
+    <t>355,000,000.00</t>
+  </si>
+  <si>
+    <t>Canned or jarred fruit</t>
+  </si>
+  <si>
+    <t>12,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Atomic and nuclear energy machinery and equipment</t>
+  </si>
+  <si>
+    <t>6,300,000,000.00</t>
+  </si>
+  <si>
+    <t>Portable buildings and structures</t>
+  </si>
+  <si>
+    <t>450,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Banking and investment</t>
+  </si>
+  <si>
+    <t>Commercial and industrial furniture</t>
+  </si>
+  <si>
+    <t>5,310,000,000,000.00</t>
+  </si>
+  <si>
+    <t>Medical training and education supplies</t>
+  </si>
+  <si>
+    <t>2,357,000,000.00</t>
+  </si>
+  <si>
+    <t>Generators and solar equipment</t>
+  </si>
+  <si>
+    <t>Metal oxide</t>
+  </si>
+  <si>
+    <t>5,000,000.00</t>
+  </si>
+  <si>
+    <t>Security and personal safety</t>
+  </si>
+  <si>
+    <t>Prefabricated buildings and structures</t>
+  </si>
+  <si>
+    <t>10,900,000,000.00</t>
+  </si>
+  <si>
+    <t>Motor vehicle,motorcycle repair and maintanance</t>
+  </si>
+  <si>
+    <t>70,000,000.00</t>
+  </si>
+  <si>
+    <t>Transportation services equipment</t>
+  </si>
+  <si>
+    <t>550,000,000.00</t>
+  </si>
+  <si>
+    <t>Land parcels</t>
+  </si>
+  <si>
+    <t>18,000,000.00</t>
+  </si>
+  <si>
+    <t>Concrete and cement and plaster</t>
+  </si>
+  <si>
+    <t>337,500,000.00</t>
+  </si>
+  <si>
+    <t>Animals, Poultry and feeds</t>
   </si>
   <si>
     <t>600,000,000.00</t>
   </si>
   <si>
-    <t>Food and beverage industries</t>
-[...218 lines deleted...]
-    <t>5,000,000.00</t>
+    <t>Community and social services</t>
+  </si>
+  <si>
+    <t>570,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>9,244,443,281,818,040.00</t>
+    <t>9,245,416,407,518,040.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Revenue Sources for </t>
   </si>
   <si>
     <t>item</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit cost</t>
   </si>
   <si>
     <t>reserve price</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -1176,54 +1233,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E132"/>
+  <dimension ref="A1:E140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C132" sqref="C132"/>
+      <selection activeCell="C140" sqref="C140"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="112.818" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.83" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -2598,952 +2655,1088 @@
     <row r="83" spans="1:5">
       <c r="A83">
         <v>81</v>
       </c>
       <c r="B83" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84">
         <v>82</v>
       </c>
       <c r="B84" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>119</v>
+        <v>171</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85">
         <v>83</v>
       </c>
       <c r="B85" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D85" t="s">
         <v>8</v>
       </c>
       <c r="E85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86">
         <v>84</v>
       </c>
       <c r="B86" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
       <c r="E86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87">
         <v>85</v>
       </c>
       <c r="B87" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>176</v>
+        <v>89</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88">
         <v>86</v>
       </c>
       <c r="B88" t="s">
         <v>177</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
       <c r="E88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89">
         <v>87</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>89</v>
       </c>
       <c r="D89" t="s">
         <v>8</v>
       </c>
       <c r="E89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90">
         <v>88</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>89</v>
+        <v>181</v>
       </c>
       <c r="D90" t="s">
         <v>8</v>
       </c>
       <c r="E90" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91">
         <v>89</v>
       </c>
       <c r="B91" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D91" t="s">
         <v>8</v>
       </c>
       <c r="E91" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92">
         <v>90</v>
       </c>
       <c r="B92" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>89</v>
+        <v>185</v>
       </c>
       <c r="D92" t="s">
         <v>8</v>
       </c>
       <c r="E92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93">
         <v>91</v>
       </c>
       <c r="B93" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D93" t="s">
         <v>8</v>
       </c>
       <c r="E93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94">
         <v>92</v>
       </c>
       <c r="B94" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D94" t="s">
         <v>8</v>
       </c>
       <c r="E94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95">
         <v>93</v>
       </c>
       <c r="B95" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>133</v>
+        <v>191</v>
       </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
       <c r="E95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96">
         <v>94</v>
       </c>
       <c r="B96" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D96" t="s">
         <v>8</v>
       </c>
       <c r="E96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97">
         <v>95</v>
       </c>
       <c r="B97" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>192</v>
+        <v>89</v>
       </c>
       <c r="D97" t="s">
         <v>8</v>
       </c>
       <c r="E97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98">
         <v>96</v>
       </c>
       <c r="B98" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>194</v>
+        <v>89</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99">
         <v>97</v>
       </c>
       <c r="B99" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>89</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100">
         <v>98</v>
       </c>
       <c r="B100" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>89</v>
+        <v>198</v>
       </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
       <c r="E100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101">
         <v>99</v>
       </c>
       <c r="B101" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>89</v>
+        <v>173</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
       <c r="E101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102">
         <v>100</v>
       </c>
       <c r="B102" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103">
         <v>101</v>
       </c>
       <c r="B103" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>178</v>
+        <v>203</v>
       </c>
       <c r="D103" t="s">
         <v>8</v>
       </c>
       <c r="E103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104">
         <v>102</v>
       </c>
       <c r="B104" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105">
         <v>103</v>
       </c>
       <c r="B105" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>204</v>
+        <v>131</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
       <c r="E105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106">
         <v>104</v>
       </c>
       <c r="B106" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>145</v>
+        <v>208</v>
       </c>
       <c r="D106" t="s">
         <v>8</v>
       </c>
       <c r="E106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107">
         <v>105</v>
       </c>
       <c r="B107" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>207</v>
+        <v>145</v>
       </c>
       <c r="D107" t="s">
         <v>8</v>
       </c>
       <c r="E107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108">
         <v>106</v>
       </c>
       <c r="B108" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D108" t="s">
         <v>8</v>
       </c>
       <c r="E108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109">
         <v>107</v>
       </c>
       <c r="B109" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>145</v>
+        <v>213</v>
       </c>
       <c r="D109" t="s">
         <v>8</v>
       </c>
       <c r="E109" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110">
         <v>108</v>
       </c>
       <c r="B110" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D110" t="s">
         <v>8</v>
       </c>
       <c r="E110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111">
         <v>109</v>
       </c>
       <c r="B111" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D111" t="s">
         <v>8</v>
       </c>
       <c r="E111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112">
         <v>110</v>
       </c>
       <c r="B112" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>216</v>
+        <v>119</v>
       </c>
       <c r="D112" t="s">
         <v>8</v>
       </c>
       <c r="E112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113">
         <v>111</v>
       </c>
       <c r="B113" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D113" t="s">
         <v>8</v>
       </c>
       <c r="E113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114">
         <v>112</v>
       </c>
       <c r="B114" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>119</v>
+        <v>222</v>
       </c>
       <c r="D114" t="s">
         <v>8</v>
       </c>
       <c r="E114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115">
         <v>113</v>
       </c>
       <c r="B115" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D115" t="s">
         <v>8</v>
       </c>
       <c r="E115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116">
         <v>114</v>
       </c>
       <c r="B116" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D116" t="s">
         <v>8</v>
       </c>
       <c r="E116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117">
         <v>115</v>
       </c>
       <c r="B117" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D117" t="s">
         <v>8</v>
       </c>
       <c r="E117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118">
         <v>116</v>
       </c>
       <c r="B118" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D118" t="s">
         <v>8</v>
       </c>
       <c r="E118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119">
         <v>117</v>
       </c>
       <c r="B119" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D119" t="s">
         <v>8</v>
       </c>
       <c r="E119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120">
         <v>118</v>
       </c>
       <c r="B120" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D120" t="s">
         <v>8</v>
       </c>
       <c r="E120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121">
         <v>119</v>
       </c>
       <c r="B121" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>149</v>
+        <v>236</v>
       </c>
       <c r="D121" t="s">
         <v>8</v>
       </c>
       <c r="E121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122">
         <v>120</v>
       </c>
       <c r="B122" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D122" t="s">
         <v>8</v>
       </c>
       <c r="E122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123">
         <v>121</v>
       </c>
       <c r="B123" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D123" t="s">
         <v>8</v>
       </c>
       <c r="E123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124">
         <v>122</v>
       </c>
       <c r="B124" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D124" t="s">
         <v>8</v>
       </c>
       <c r="E124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125">
         <v>123</v>
       </c>
       <c r="B125" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D125" t="s">
         <v>8</v>
       </c>
       <c r="E125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126">
         <v>124</v>
       </c>
       <c r="B126" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="E126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127">
         <v>125</v>
       </c>
       <c r="B127" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
       <c r="E127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128">
         <v>126</v>
       </c>
       <c r="B128" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
       <c r="E128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129">
         <v>127</v>
       </c>
       <c r="B129" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D129" t="s">
         <v>8</v>
       </c>
       <c r="E129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130">
         <v>128</v>
       </c>
       <c r="B130" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="D130" t="s">
         <v>8</v>
       </c>
       <c r="E130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131">
         <v>129</v>
       </c>
       <c r="B131" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D131" t="s">
         <v>8</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:5">
-      <c r="A132" t="s">
-[...6 lines deleted...]
-        <v>253</v>
+      <c r="A132">
+        <v>130</v>
+      </c>
+      <c r="B132" t="s">
+        <v>255</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>89</v>
       </c>
       <c r="D132" t="s">
         <v>8</v>
       </c>
       <c r="E132" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5">
+      <c r="A133">
+        <v>131</v>
+      </c>
+      <c r="B133" t="s">
+        <v>256</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="D133" t="s">
+        <v>8</v>
+      </c>
+      <c r="E133" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5">
+      <c r="A134">
+        <v>132</v>
+      </c>
+      <c r="B134" t="s">
+        <v>258</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="D134" t="s">
+        <v>8</v>
+      </c>
+      <c r="E134" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5">
+      <c r="A135">
+        <v>133</v>
+      </c>
+      <c r="B135" t="s">
+        <v>260</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D135" t="s">
+        <v>8</v>
+      </c>
+      <c r="E135" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5">
+      <c r="A136">
+        <v>134</v>
+      </c>
+      <c r="B136" t="s">
+        <v>262</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="D136" t="s">
+        <v>8</v>
+      </c>
+      <c r="E136" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5">
+      <c r="A137">
+        <v>135</v>
+      </c>
+      <c r="B137" t="s">
+        <v>264</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="D137" t="s">
+        <v>8</v>
+      </c>
+      <c r="E137" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5">
+      <c r="A138">
+        <v>136</v>
+      </c>
+      <c r="B138" t="s">
+        <v>266</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="D138" t="s">
+        <v>8</v>
+      </c>
+      <c r="E138" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5">
+      <c r="A139">
+        <v>137</v>
+      </c>
+      <c r="B139" t="s">
+        <v>268</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="D139" t="s">
+        <v>8</v>
+      </c>
+      <c r="E139" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5">
+      <c r="A140" t="s">
+        <v>270</v>
+      </c>
+      <c r="B140" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="C140" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="D140" t="s">
+        <v>8</v>
+      </c>
+      <c r="E140" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14.665" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.833" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.832" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.665" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.665" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
-        <v>254</v>
+        <v>273</v>
       </c>
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>255</v>
+        <v>274</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>256</v>
+        <v>275</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>257</v>
+        <v>276</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>258</v>
+        <v>277</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="B3" t="s">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="C3" t="s">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="D3" t="s">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="4">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>