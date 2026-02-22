--- v1 (2025-12-16)
+++ v2 (2026-02-22)
@@ -63,351 +63,351 @@
   <si>
     <t>1,342,590,000,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Consultancy on Street Parking Services</t>
   </si>
   <si>
     <t>1,900,000,000.00</t>
   </si>
   <si>
     <t>Counselling Services</t>
   </si>
   <si>
     <t>6,490,000,000.00</t>
   </si>
   <si>
     <t>Accounting, auditing and tax advisory</t>
   </si>
   <si>
-    <t>372,128,548,290,000.00</t>
+    <t>372,134,848,290,000.00</t>
   </si>
   <si>
     <t>Construction of roads and bridges</t>
   </si>
   <si>
-    <t>2,010,749,839,600,000.00</t>
+    <t>2,010,767,429,600,000.00</t>
   </si>
   <si>
     <t>Civil engineering</t>
   </si>
   <si>
-    <t>1,015,569,048,600,000.00</t>
+    <t>1,015,569,148,600,000.00</t>
   </si>
   <si>
     <t>Building and construction materials</t>
   </si>
   <si>
-    <t>13,241,383,400,000.00</t>
+    <t>13,244,458,400,000.00</t>
   </si>
   <si>
     <t>Construction of buildings and carpentry</t>
   </si>
   <si>
-    <t>1,019,144,088,045,678.00</t>
+    <t>1,019,175,388,045,678.00</t>
   </si>
   <si>
     <t>Food, beverages and related products</t>
   </si>
   <si>
     <t>6,000,000,000.00</t>
   </si>
   <si>
     <t>Agricultural tools</t>
   </si>
   <si>
     <t>80,728,210,900,000.00</t>
   </si>
   <si>
     <t>Car wash</t>
   </si>
   <si>
-    <t>178,909,500,000.00</t>
+    <t>179,409,500,000.00</t>
   </si>
   <si>
     <t>Cleaning and compound maintenance</t>
   </si>
   <si>
-    <t>864,530,000,000.00</t>
+    <t>864,590,000,000.00</t>
   </si>
   <si>
     <t>MOTOR VEHICLES</t>
   </si>
   <si>
     <t>39,020,960,000,000.00</t>
   </si>
   <si>
     <t>FURNITURE  &amp; FITTINGS</t>
   </si>
   <si>
     <t>1,025,593,000,000.00</t>
   </si>
   <si>
     <t>Accomodation and conference facilities</t>
   </si>
   <si>
-    <t>11,310,420,000,000.00</t>
+    <t>11,312,147,800,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">General Stationery </t>
   </si>
   <si>
-    <t>2,022,226,746,700,000.00</t>
+    <t>2,022,292,996,700,000.00</t>
   </si>
   <si>
     <t>Motor vehicles, motorcycles, bicycles and spare parts</t>
   </si>
   <si>
-    <t>323,481,471,439,977.00</t>
+    <t>323,482,471,439,977.00</t>
   </si>
   <si>
     <t>Agricultural and forestry and landscape machinery and equipment</t>
   </si>
   <si>
     <t>5,660,000,000.00</t>
   </si>
   <si>
     <t>COMPUTERS</t>
   </si>
   <si>
-    <t>71,513,200,000.00</t>
+    <t>74,008,200,000.00</t>
   </si>
   <si>
     <t>Catering services</t>
   </si>
   <si>
-    <t>24,192,670,500,000.00</t>
+    <t>24,208,470,500,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">Advertising and market research </t>
   </si>
   <si>
-    <t>1,347,480,000,000.00</t>
+    <t>1,347,769,000,000.00</t>
   </si>
   <si>
     <t>Transport services</t>
   </si>
   <si>
     <t>1,550,000,000.00</t>
   </si>
   <si>
     <t>Procurement consultancy</t>
   </si>
   <si>
     <t>796,260,000,000.00</t>
   </si>
   <si>
     <t>Building and facility maintenance and repair services</t>
   </si>
   <si>
-    <t>1,264,766,000,000.00</t>
+    <t>1,264,851,300,000.00</t>
   </si>
   <si>
     <t>Electrical, plumbing and other installation activities</t>
   </si>
   <si>
     <t>1,210,725,000,000.00</t>
   </si>
   <si>
     <t>Office furniture and furnishings</t>
   </si>
   <si>
     <t>32,116,000,000.00</t>
   </si>
   <si>
     <t>Computer Equipment and Accessories</t>
   </si>
   <si>
     <t>39,834,500,000.00</t>
   </si>
   <si>
     <t>Insurance and retirement services</t>
   </si>
   <si>
     <t>10,500,000,000.00</t>
   </si>
   <si>
     <t>Staff Training General</t>
   </si>
   <si>
     <t>257,927,000,000.00</t>
   </si>
   <si>
     <t>Cleaning Expenses</t>
   </si>
   <si>
     <t>5,523,000,000.00</t>
   </si>
   <si>
     <t>Repair &amp; Rennovation of Properties</t>
   </si>
   <si>
     <t>326,296,000,000.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
-    <t>355,233,126,000,000.00</t>
+    <t>355,233,549,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Other - Professional Services</t>
   </si>
   <si>
     <t>796,110,000,000.00</t>
   </si>
   <si>
     <t>Accommodation furniture</t>
   </si>
   <si>
-    <t>1,000,115,005,692,384.00</t>
+    <t>1,000,115,155,692,384.00</t>
   </si>
   <si>
     <t>Data processing and web hosting</t>
   </si>
   <si>
     <t>90,000,000,000.00</t>
   </si>
   <si>
     <t>Permanent buildings and structures</t>
   </si>
   <si>
     <t>7,002,150,000,000.00</t>
   </si>
   <si>
     <t>Advertsing and media services</t>
   </si>
   <si>
-    <t>17,460,000,000.00</t>
+    <t>17,760,000,000.00</t>
   </si>
   <si>
     <t>Machinery and transport equipment manufacture</t>
   </si>
   <si>
     <t>1,150,000,000.00</t>
   </si>
   <si>
     <t>Accounting and bookkeeping services</t>
   </si>
   <si>
-    <t>365,385,000,000.00</t>
+    <t>397,885,000,000.00</t>
   </si>
   <si>
     <t>OFFICE EQUIPMENT</t>
   </si>
   <si>
     <t>93,008,013,000,000.00</t>
   </si>
   <si>
     <t>Specialized educational services</t>
   </si>
   <si>
     <t>500,000,000.00</t>
   </si>
   <si>
     <t>Aerospace systems and components and equipment</t>
   </si>
   <si>
     <t>57,500,000,000.00</t>
   </si>
   <si>
     <t>Business administration services</t>
   </si>
   <si>
     <t>506,300,000,000.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
     <t>19,997,600,000,000.00</t>
   </si>
   <si>
     <t>Construction of water projects</t>
   </si>
   <si>
-    <t>31,176,450,000,000.00</t>
+    <t>31,176,750,000,000.00</t>
   </si>
   <si>
     <t>Construction of Weather Facilities</t>
   </si>
   <si>
     <t>7,200,000,000.00</t>
   </si>
   <si>
     <t>Marine and fresh water products</t>
   </si>
   <si>
     <t>950,000,000.00</t>
   </si>
   <si>
     <t>Auctioning</t>
   </si>
   <si>
-    <t>47,200,000,000.00</t>
+    <t>48,200,000,000.00</t>
   </si>
   <si>
     <t>Heavy construction machinery and equipment</t>
   </si>
   <si>
     <t>1,283,055,500,000.00</t>
   </si>
   <si>
     <t>Batteries and generators and kinetic power transmission</t>
   </si>
   <si>
     <t>5,900,000,000.00</t>
   </si>
   <si>
     <t>Computer services</t>
   </si>
   <si>
     <t>3,410,000,000.00</t>
   </si>
   <si>
     <t>Brand visibility</t>
   </si>
   <si>
     <t>70,850,000,000.00</t>
   </si>
   <si>
     <t>Consulting engineering services with civil,mechanical,electrical and water engineering</t>
   </si>
   <si>
     <t>8,903,770,000,000.00</t>
   </si>
   <si>
     <t>Architectual and engineering consultancy</t>
   </si>
   <si>
-    <t>13,989,127,000,000.00</t>
+    <t>13,990,527,000,000.00</t>
   </si>
   <si>
     <t>Heavy construction services</t>
   </si>
   <si>
     <t>8,501,000,000,000.00</t>
   </si>
   <si>
     <t>Entertainment services</t>
   </si>
   <si>
     <t>2,000,000,000.00</t>
   </si>
   <si>
     <t>Antifungal drugs</t>
   </si>
   <si>
     <t>979,707,000,000.00</t>
   </si>
   <si>
     <t>Air ticketing, tours and travel</t>
   </si>
   <si>
     <t>684,000,000,000.00</t>
   </si>
@@ -447,99 +447,99 @@
   <si>
     <t>277,330,000,000.00</t>
   </si>
   <si>
     <t>Restaurants and catering</t>
   </si>
   <si>
     <t>614,600,000,000.00</t>
   </si>
   <si>
     <t>Vehicle Servicing</t>
   </si>
   <si>
     <t>541,900,000,000.00</t>
   </si>
   <si>
     <t>Public relations and professional communications services</t>
   </si>
   <si>
     <t>1,500,000,000.00</t>
   </si>
   <si>
     <t>Transportation repair or maintenance services</t>
   </si>
   <si>
-    <t>51,423,540,000,000.00</t>
+    <t>51,424,540,000,000.00</t>
   </si>
   <si>
     <t>Property Management System maintenance</t>
   </si>
   <si>
     <t>3,000,000,000.00</t>
   </si>
   <si>
     <t>Air Tickets</t>
   </si>
   <si>
     <t>914,320,000,000.00</t>
   </si>
   <si>
     <t>Bearings and bushings and wheels and gears</t>
   </si>
   <si>
-    <t>100,000,000.00</t>
+    <t>243,000,000.00</t>
   </si>
   <si>
     <t>Beverages</t>
   </si>
   <si>
     <t>788,960,250,000.00</t>
   </si>
   <si>
     <t>Pipe piping and pipe fittings</t>
   </si>
   <si>
     <t>15,000,000,000.00</t>
   </si>
   <si>
     <t>Construction of Artifacts</t>
   </si>
   <si>
     <t>5,030,000,000,000.00</t>
   </si>
   <si>
     <t>Consumer electronics, communication equipment, computers, computer software and consumables and optical products</t>
   </si>
   <si>
     <t>464,655,000,000.00</t>
   </si>
   <si>
     <t>Additives</t>
   </si>
   <si>
-    <t>21,528,210,000,000.00</t>
+    <t>21,528,210,120,000.00</t>
   </si>
   <si>
     <t>Arts and crafts equipment and accessories and supplies</t>
   </si>
   <si>
     <t>2,222,950,000,000.00</t>
   </si>
   <si>
     <t>Luggage and handbags and packs and cases</t>
   </si>
   <si>
     <t>10,000,000.00</t>
   </si>
   <si>
     <t>Scientific research and development</t>
   </si>
   <si>
     <t>2,250,000,000.00</t>
   </si>
   <si>
     <t>Employment placement/recruitment</t>
   </si>
   <si>
     <t>511,600,000,000.00</t>
   </si>
@@ -789,96 +789,96 @@
   <si>
     <t>5,310,000,000,000.00</t>
   </si>
   <si>
     <t>Medical training and education supplies</t>
   </si>
   <si>
     <t>2,357,000,000.00</t>
   </si>
   <si>
     <t>Generators and solar equipment</t>
   </si>
   <si>
     <t>Metal oxide</t>
   </si>
   <si>
     <t>5,000,000.00</t>
   </si>
   <si>
     <t>Security and personal safety</t>
   </si>
   <si>
     <t>Prefabricated buildings and structures</t>
   </si>
   <si>
-    <t>10,900,000,000.00</t>
+    <t>12,900,000,000.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>70,000,000.00</t>
   </si>
   <si>
     <t>Transportation services equipment</t>
   </si>
   <si>
     <t>550,000,000.00</t>
   </si>
   <si>
     <t>Land parcels</t>
   </si>
   <si>
     <t>18,000,000.00</t>
   </si>
   <si>
     <t>Concrete and cement and plaster</t>
   </si>
   <si>
     <t>337,500,000.00</t>
   </si>
   <si>
     <t>Animals, Poultry and feeds</t>
   </si>
   <si>
     <t>600,000,000.00</t>
   </si>
   <si>
     <t>Community and social services</t>
   </si>
   <si>
     <t>570,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>9,245,416,407,518,040.00</t>
+    <t>9,245,602,195,738,040.00</t>
   </si>
   <si>
     <t xml:space="preserve"> Revenue Sources for </t>
   </si>
   <si>
     <t>item</t>
   </si>
   <si>
     <t>quantity</t>
   </si>
   <si>
     <t>unit cost</t>
   </si>
   <si>
     <t>reserve price</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>