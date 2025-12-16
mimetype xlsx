--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -14,95 +14,122 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Procurement Plan" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>THE FUND Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Generators and solar equipment</t>
   </si>
   <si>
     <t>10,000,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Metal oxide</t>
   </si>
   <si>
     <t>5,000,000.00</t>
   </si>
   <si>
+    <t>Cleaning and compound maintenance</t>
+  </si>
+  <si>
+    <t>70,000,000.00</t>
+  </si>
+  <si>
+    <t>Catering services</t>
+  </si>
+  <si>
+    <t>80,500,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Stationery </t>
+  </si>
+  <si>
+    <t>115,000,000.00</t>
+  </si>
+  <si>
+    <t>Computer services</t>
+  </si>
+  <si>
+    <t>Permanent buildings and structures</t>
+  </si>
+  <si>
+    <t>150,000,000.00</t>
+  </si>
+  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>15,000,000.00</t>
+    <t>440,500,000.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -438,60 +465,60 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E5"/>
+  <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C5" sqref="C5"/>
+      <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.832" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.662" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="34.662" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.663" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.663" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5" customHeight="1" ht="20">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
@@ -510,63 +537,148 @@
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:5">
-      <c r="A5" t="s">
+      <c r="A5">
+        <v>3</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="3" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7">
+        <v>5</v>
+      </c>
+      <c r="B7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8">
+        <v>6</v>
+      </c>
+      <c r="B8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9">
+        <v>7</v>
+      </c>
+      <c r="B9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D10" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>